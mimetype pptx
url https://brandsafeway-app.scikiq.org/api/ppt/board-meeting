--- v0 (2025-12-29)
+++ v1 (2026-02-28)
@@ -3536,51 +3536,51 @@
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="5852160"/>
             <a:ext cx="5486400" cy="365760"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="none">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="1200">
                 <a:solidFill>
                   <a:srgbClr val="64748B"/>
                 </a:solidFill>
               </a:defRPr>
             </a:pPr>
             <a:r>
-              <a:t>December 29, 2025</a:t>
+              <a:t>February 28, 2026</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="TextBox 8"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="9144000" y="5852160"/>
             <a:ext cx="2590495" cy="365760"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="none">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>